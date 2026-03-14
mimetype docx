--- v0 (2025-11-30)
+++ v1 (2026-03-14)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5F117450" w14:textId="77777777" w:rsidR="005577E7" w:rsidRDefault="0023363A" w:rsidP="005577E7">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251745280" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="370EF90E" wp14:editId="54756407">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-417195</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-724123</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="8412480" cy="985652"/>
                 <wp:effectExtent l="0" t="0" r="7620" b="5080"/>
                 <wp:wrapNone/>
                 <wp:docPr id="307" name="Textfeld 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -51,98 +51,98 @@
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="8412480" cy="985652"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2E7F2859" w14:textId="17767C85" w:rsidR="0023363A" w:rsidRPr="005F07D7" w:rsidRDefault="00AF317D" w:rsidP="0023363A">
+                          <w:p w14:paraId="2E7F2859" w14:textId="0C4287E0" w:rsidR="0023363A" w:rsidRPr="005F07D7" w:rsidRDefault="00AF317D" w:rsidP="0023363A">
                             <w:pPr>
                               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:color w:val="0095D8" w:themeColor="accent1"/>
                                 <w:sz w:val="72"/>
                                 <w:szCs w:val="72"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="0095D8" w:themeColor="accent1"/>
                                 <w:sz w:val="72"/>
                                 <w:szCs w:val="72"/>
                               </w:rPr>
                               <w:t>SchülerPlaner 202</w:t>
                             </w:r>
-                            <w:r w:rsidR="007E0756">
+                            <w:r w:rsidR="00775CE4">
                               <w:rPr>
                                 <w:color w:val="0095D8" w:themeColor="accent1"/>
                                 <w:sz w:val="72"/>
                                 <w:szCs w:val="72"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="0023363A" w:rsidRPr="005F07D7">
                               <w:rPr>
                                 <w:color w:val="0095D8" w:themeColor="accent1"/>
                                 <w:sz w:val="72"/>
                                 <w:szCs w:val="72"/>
                               </w:rPr>
                               <w:t>/</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="0095D8" w:themeColor="accent1"/>
                                 <w:sz w:val="72"/>
                                 <w:szCs w:val="72"/>
                               </w:rPr>
                               <w:t>2</w:t>
                             </w:r>
-                            <w:r w:rsidR="007E0756">
+                            <w:r w:rsidR="00775CE4">
                               <w:rPr>
                                 <w:color w:val="0095D8" w:themeColor="accent1"/>
                                 <w:sz w:val="72"/>
                                 <w:szCs w:val="72"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>7</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5F3BA609" w14:textId="77777777" w:rsidR="0023363A" w:rsidRPr="005F07D7" w:rsidRDefault="0023363A" w:rsidP="0023363A">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="005F07D7">
                               <w:rPr>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Seitenplan für </w:t>
                             </w:r>
                             <w:r w:rsidR="006742DB">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t>64</w:t>
                             </w:r>
                             <w:r w:rsidRPr="005F07D7">
@@ -209,98 +209,98 @@
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="370EF90E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Textfeld 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-32.85pt;margin-top:-57pt;width:662.4pt;height:77.6pt;z-index:251745280;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLo0/gCwIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p2mjdnTR0ml0FCGN&#10;gTT4AY7jNBaOz5zdJuXXc3ayrsAbwg+Wz3f+7u67zze3Q2fYUaHXYEu+mM05U1ZCre2+5N++7t6s&#10;OfNB2FoYsKrkJ+X57eb1q5veFSqHFkytkBGI9UXvSt6G4Ios87JVnfAzcMqSswHsRCAT91mNoif0&#10;zmT5fH6V9YC1Q5DKe7q9H518k/CbRsnwuWm8CsyUnGoLace0V3HPNjei2KNwrZZTGeIfquiEtpT0&#10;DHUvgmAH1H9BdVoieGjCTEKXQdNoqVIP1M1i/kc3T61wKvVC5Hh3psn/P1j5eHxyX5CF4R0MNMDU&#10;hHcPIL97ZmHbCrtXd4jQt0rUlHgRKct654vpaaTaFz6CVP0nqGnI4hAgAQ0NdpEV6pMROg3gdCZd&#10;DYFJulwvF/lyTS5Jvuv16mqVpxSieH7t0IcPCjoWDyVHGmpCF8cHH2I1ongOick8GF3vtDHJwH21&#10;NciOggSwS2tC/y3MWNZT9lW+SsgW4vukjU4HEqjRHVU6j2uUTGTjva1TSBDajGeqxNiJnsjIyE0Y&#10;qoECI00V1CciCmEUIn0cOrSAPznrSYQl9z8OAhVn5qMlsq8Xy2VUbTKWq7c5GXjpqS49wkqCKnng&#10;bDxuQ1J65MHCHQ2l0Ymvl0qmWklcicbpI0T1Xtop6uW7bn4BAAD//wMAUEsDBBQABgAIAAAAIQBq&#10;4XGn4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUhsUOs4yoOmcSpAArFt&#10;6QdMYjeJGo+j2G3Sv8ddwW5Gc3Tn3HK3mIFd9eR6SxLEOgKmqbGqp1bC8edz9QrMeSSFgyUt4aYd&#10;7KrHhxILZWfa6+vBtyyEkCtQQuf9WHDumk4bdGs7agq3k50M+rBOLVcTziHcDDyOoowb7Cl86HDU&#10;H51uzoeLkXD6nl/SzVx/+WO+T7J37PPa3qR8flretsC8XvwfDHf9oA5VcKrthZRjg4RVluYBDYMQ&#10;SWh1R+J0I4DVEhIRA69K/r9E9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBLo0/gCwIA&#10;APYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBq4XGn&#10;4AAAAAwBAAAPAAAAAAAAAAAAAAAAAGUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="2E7F2859" w14:textId="17767C85" w:rsidR="0023363A" w:rsidRPr="005F07D7" w:rsidRDefault="00AF317D" w:rsidP="0023363A">
+                    <w:p w14:paraId="2E7F2859" w14:textId="0C4287E0" w:rsidR="0023363A" w:rsidRPr="005F07D7" w:rsidRDefault="00AF317D" w:rsidP="0023363A">
                       <w:pPr>
                         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:color w:val="0095D8" w:themeColor="accent1"/>
                           <w:sz w:val="72"/>
                           <w:szCs w:val="72"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="0095D8" w:themeColor="accent1"/>
                           <w:sz w:val="72"/>
                           <w:szCs w:val="72"/>
                         </w:rPr>
                         <w:t>SchülerPlaner 202</w:t>
                       </w:r>
-                      <w:r w:rsidR="007E0756">
+                      <w:r w:rsidR="00775CE4">
                         <w:rPr>
                           <w:color w:val="0095D8" w:themeColor="accent1"/>
                           <w:sz w:val="72"/>
                           <w:szCs w:val="72"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidR="0023363A" w:rsidRPr="005F07D7">
                         <w:rPr>
                           <w:color w:val="0095D8" w:themeColor="accent1"/>
                           <w:sz w:val="72"/>
                           <w:szCs w:val="72"/>
                         </w:rPr>
                         <w:t>/</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="0095D8" w:themeColor="accent1"/>
                           <w:sz w:val="72"/>
                           <w:szCs w:val="72"/>
                         </w:rPr>
                         <w:t>2</w:t>
                       </w:r>
-                      <w:r w:rsidR="007E0756">
+                      <w:r w:rsidR="00775CE4">
                         <w:rPr>
                           <w:color w:val="0095D8" w:themeColor="accent1"/>
                           <w:sz w:val="72"/>
                           <w:szCs w:val="72"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>7</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5F3BA609" w14:textId="77777777" w:rsidR="0023363A" w:rsidRPr="005F07D7" w:rsidRDefault="0023363A" w:rsidP="0023363A">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="005F07D7">
                         <w:rPr>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Seitenplan für </w:t>
                       </w:r>
                       <w:r w:rsidR="006742DB">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:t>64</w:t>
                       </w:r>
                       <w:r w:rsidRPr="005F07D7">
@@ -538,134 +538,141 @@
                             </w:r>
                             <w:r w:rsidRPr="006742DB">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>Klassenliste</w:t>
                             </w:r>
                             <w:r w:rsidRPr="006742DB">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">, </w:t>
                             </w:r>
                             <w:r w:rsidRPr="006742DB">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>Hausaufgabenteil</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="44DA65A0" w14:textId="55DB76ED" w:rsidR="000C0FAB" w:rsidRPr="006742DB" w:rsidRDefault="007E0756" w:rsidP="000C0FAB">
+                          <w:p w14:paraId="44DA65A0" w14:textId="7AB8D70A" w:rsidR="000C0FAB" w:rsidRPr="006742DB" w:rsidRDefault="00775CE4" w:rsidP="000C0FAB">
                             <w:pPr>
                               <w:pStyle w:val="KeinLeerraum"/>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>28</w:t>
+                              <w:t>03</w:t>
                             </w:r>
                             <w:r w:rsidR="00324301">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>.0</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>7</w:t>
+                              <w:t>8</w:t>
                             </w:r>
                             <w:r w:rsidR="00324301">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t>.202</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>5</w:t>
+                              <w:t>6</w:t>
                             </w:r>
                             <w:r w:rsidR="00324301" w:rsidRPr="0097059D">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – </w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007E0756">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>31</w:t>
-[...1 lines deleted...]
-                            <w:r w:rsidR="00324301">
+                              <w:t>3</w:t>
+                            </w:r>
+                            <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>.07</w:t>
-[...1 lines deleted...]
-                            <w:r w:rsidR="00324301" w:rsidRPr="0097059D">
+                              <w:t>0</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00324301">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>.20</w:t>
-[...1 lines deleted...]
-                            <w:r w:rsidR="00324301">
+                              <w:t>.07</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00324301" w:rsidRPr="0097059D">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>2</w:t>
-[...1 lines deleted...]
-                            <w:r>
+                              <w:t>.20</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00324301">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>6</w:t>
+                              <w:t>2</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>7</w:t>
                             </w:r>
                             <w:r w:rsidR="008235ED">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                             <w:r w:rsidR="006742DB">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>&amp;</w:t>
                             </w:r>
                             <w:r w:rsidR="00C538B9">
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="000C0FAB" w:rsidRPr="006742DB">
                               <w:rPr>
                                 <w:sz w:val="16"/>
@@ -830,134 +837,141 @@
                       </w:r>
                       <w:r w:rsidRPr="006742DB">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>Klassenliste</w:t>
                       </w:r>
                       <w:r w:rsidRPr="006742DB">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">, </w:t>
                       </w:r>
                       <w:r w:rsidRPr="006742DB">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>Hausaufgabenteil</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="44DA65A0" w14:textId="55DB76ED" w:rsidR="000C0FAB" w:rsidRPr="006742DB" w:rsidRDefault="007E0756" w:rsidP="000C0FAB">
+                    <w:p w14:paraId="44DA65A0" w14:textId="7AB8D70A" w:rsidR="000C0FAB" w:rsidRPr="006742DB" w:rsidRDefault="00775CE4" w:rsidP="000C0FAB">
                       <w:pPr>
                         <w:pStyle w:val="KeinLeerraum"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>28</w:t>
+                        <w:t>03</w:t>
                       </w:r>
                       <w:r w:rsidR="00324301">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>.0</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>7</w:t>
+                        <w:t>8</w:t>
                       </w:r>
                       <w:r w:rsidR="00324301">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>.202</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>5</w:t>
+                        <w:t>6</w:t>
                       </w:r>
                       <w:r w:rsidR="00324301" w:rsidRPr="0097059D">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – </w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="007E0756">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>31</w:t>
-[...1 lines deleted...]
-                      <w:r w:rsidR="00324301">
+                        <w:t>3</w:t>
+                      </w:r>
+                      <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>.07</w:t>
-[...1 lines deleted...]
-                      <w:r w:rsidR="00324301" w:rsidRPr="0097059D">
+                        <w:t>0</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00324301">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>.20</w:t>
-[...1 lines deleted...]
-                      <w:r w:rsidR="00324301">
+                        <w:t>.07</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00324301" w:rsidRPr="0097059D">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>2</w:t>
-[...1 lines deleted...]
-                      <w:r>
+                        <w:t>.20</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00324301">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>6</w:t>
+                        <w:t>2</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>7</w:t>
                       </w:r>
                       <w:r w:rsidR="008235ED">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                       <w:r w:rsidR="006742DB">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>&amp;</w:t>
                       </w:r>
                       <w:r w:rsidR="00C538B9">
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="000C0FAB" w:rsidRPr="006742DB">
                         <w:rPr>
                           <w:sz w:val="16"/>
@@ -12806,170 +12820,172 @@
                           <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005577E7" w:rsidSect="00796293">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005577E7"/>
     <w:rsid w:val="000C0FAB"/>
     <w:rsid w:val="001B0B7C"/>
     <w:rsid w:val="001D6C14"/>
     <w:rsid w:val="00216D62"/>
     <w:rsid w:val="00221892"/>
     <w:rsid w:val="0023363A"/>
     <w:rsid w:val="002B29F2"/>
     <w:rsid w:val="00324301"/>
     <w:rsid w:val="003E3093"/>
     <w:rsid w:val="003E7FB1"/>
     <w:rsid w:val="003F6810"/>
     <w:rsid w:val="00454BA5"/>
+    <w:rsid w:val="005200AF"/>
     <w:rsid w:val="00522A27"/>
     <w:rsid w:val="005577E7"/>
     <w:rsid w:val="00587F2C"/>
     <w:rsid w:val="005B6D26"/>
     <w:rsid w:val="005D085F"/>
     <w:rsid w:val="005F6541"/>
     <w:rsid w:val="005F7A1D"/>
     <w:rsid w:val="006742DB"/>
     <w:rsid w:val="00751AC6"/>
     <w:rsid w:val="00757C22"/>
+    <w:rsid w:val="00775CE4"/>
     <w:rsid w:val="00796293"/>
     <w:rsid w:val="007E0756"/>
     <w:rsid w:val="008235ED"/>
     <w:rsid w:val="00843CF2"/>
     <w:rsid w:val="008A3D9C"/>
     <w:rsid w:val="008E1435"/>
     <w:rsid w:val="0094180A"/>
     <w:rsid w:val="009637D5"/>
     <w:rsid w:val="009F5E89"/>
     <w:rsid w:val="00A06223"/>
     <w:rsid w:val="00A93CE7"/>
     <w:rsid w:val="00AF317D"/>
     <w:rsid w:val="00B61FE2"/>
     <w:rsid w:val="00BB5D77"/>
     <w:rsid w:val="00C538B9"/>
     <w:rsid w:val="00C56B53"/>
     <w:rsid w:val="00CF48DC"/>
     <w:rsid w:val="00EB3128"/>
     <w:rsid w:val="00EF3C7E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="54FDBCBD"/>
   <w15:docId w15:val="{53C6C467-54F1-42E0-806C-37DE316E2C15}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13404,51 +13420,51 @@
     <w:name w:val="Sprechblasentext Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Sprechblasentext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005577E7"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="KeinLeerraum">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="000C0FAB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="SPO-Farbenfroh">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -13708,69 +13724,69 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <BSO999929 xmlns="http://www.datev.de/BSOffice/999929">7f466ec4-a71e-46ee-8d62-e486856799c9</BSO999929>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF009F49-6641-49DF-AABF-C68098596A1C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B75CA40-807F-481E-A53C-D02CE4EDDEBA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.datev.de/BSOffice/999929"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B75CA40-807F-481E-A53C-D02CE4EDDEBA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF009F49-6641-49DF-AABF-C68098596A1C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://www.datev.de/BSOffice/999929"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>10</Words>
   <Characters>65</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>